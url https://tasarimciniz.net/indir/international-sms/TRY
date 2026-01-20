--- v0 (2025-10-08)
+++ v1 (2026-01-20)
@@ -12,1502 +12,1505 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="524">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,5853</t>
+    <t>8,9995</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,0388</t>
+    <t>5,2819</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,0775</t>
+    <t>10,5637</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>12,7326</t>
+    <t>13,3469</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>11,6279</t>
+    <t>12,1889</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,4961</t>
+    <t>9,9543</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,4651</t>
+    <t>5,7288</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>16,4729</t>
+    <t>17,2676</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,2326</t>
+    <t>5,485</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,2713</t>
+    <t>10,7669</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>13,5659</t>
+    <t>14,2204</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>7,9457</t>
+    <t>8,3291</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,1008</t>
+    <t>3,2504</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,9302</t>
+    <t>11,4576</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,2093</t>
+    <t>12,7984</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,2403</t>
+    <t>11,7826</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>14,3411</t>
+    <t>15,033</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,1202</t>
+    <t>3,2707</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1667</t>
+    <t>4,3677</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>114,3411</t>
+    <t>119,8578</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,5581</t>
+    <t>7,9228</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,2674</t>
+    <t>7,6181</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,312</t>
+    <t>8,7131</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,5891</t>
+    <t>6,9071</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,6512</t>
+    <t>4,8756</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,0078</t>
+    <t>6,2976</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>17,6744</t>
+    <t>18,5272</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,4884</t>
+    <t>3,6567</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>6,9767</t>
+    <t>7,3134</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>11,9574</t>
+    <t>12,5343</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>3,9147</t>
+    <t>4,1036</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,1705</t>
+    <t>7,5165</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,0543</t>
+    <t>17,8771</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,3333</t>
+    <t>8,7354</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>9,8837</t>
+    <t>10,3606</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>10,9109</t>
+    <t>11,4373</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>7,8101</t>
+    <t>8,1869</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,1085</t>
+    <t>9,548</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,2481</t>
+    <t>18,0802</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>10,6589</t>
+    <t>11,1732</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>8,7209</t>
+    <t>9,1417</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,5969</t>
+    <t>13,2047</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>12,50</t>
+    <t>13,1031</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,3256</t>
+    <t>2,4378</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>9,6318</t>
+    <t>10,0965</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>15,5039</t>
+    <t>16,2519</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,2171</t>
+    <t>19,096</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>7,7519</t>
+    <t>8,126</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>15,3295</t>
+    <t>16,0691</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,0465</t>
+    <t>11,5795</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,2016</t>
+    <t>6,5008</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>8,9147</t>
+    <t>9,3448</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,3643</t>
+    <t>7,7197</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>13,9535</t>
+    <t>14,6267</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,062</t>
+    <t>8,451</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,3605</t>
+    <t>9,8121</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>8,8566</t>
+    <t>9,2839</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>11,8217</t>
+    <t>12,3921</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,5271</t>
+    <t>14,1798</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,0698</t>
+    <t>4,2661</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,3023</t>
+    <t>9,7511</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>6,7829</t>
+    <t>7,1102</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,4264</t>
+    <t>5,6882</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>10,4651</t>
+    <t>10,97</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>23,2558</t>
+    <t>24,3779</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,4496</t>
+    <t>19,3398</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,6899</t>
+    <t>4,9162</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>22,6163</t>
+    <t>23,7075</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,2946</t>
+    <t>3,4535</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>12,7907</t>
+    <t>13,4078</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,3062</t>
+    <t>7,6587</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,4419</t>
+    <t>18,2834</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>13,3721</t>
+    <t>14,0173</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>4,845</t>
+    <t>5,0787</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,3953</t>
+    <t>6,7039</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,0504</t>
+    <t>14,7283</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,6822</t>
+    <t>3,8598</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,4341</t>
+    <t>11,9858</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
+    <t>26,2062</t>
+  </si>
+  <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,5116</t>
+    <t>6,8258</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,8527</t>
+    <t>11,3763</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,0349</t>
+    <t>7,3743</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,7054</t>
+    <t>12,2702</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>15,6008</t>
+    <t>16,3535</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,7597</t>
+    <t>14,4236</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,2558</t>
+    <t>13,8954</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>12,4806</t>
+    <t>13,0828</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>12,9845</t>
+    <t>13,611</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,4574</t>
+    <t>4,6724</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,5504</t>
+    <t>1,6252</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>19,3798</t>
+    <t>20,3149</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1544,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,2248</t>
+    <t>20,1524</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,1628</t>
+    <t>11,7014</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>
@@ -4244,749 +4247,749 @@
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="0">
         <v>163</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>406</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>407</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="0">
         <v>164</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>408</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>409</v>
       </c>
-      <c r="D165" s="0">
-        <v>25</v>
+      <c r="D165" s="0" t="s">
+        <v>410</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="0">
         <v>165</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="0">
         <v>166</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D167" s="0" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="0">
         <v>167</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="0">
         <v>168</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="0">
         <v>169</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="0">
         <v>170</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="0">
         <v>171</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="0">
         <v>172</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="0">
         <v>173</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="0">
         <v>174</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="0">
         <v>175</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="0">
         <v>176</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D177" s="0" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="0">
         <v>177</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D178" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="0">
         <v>178</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="0">
         <v>179</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="0">
         <v>180</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="0">
         <v>181</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="0">
         <v>182</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="0">
         <v>183</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D184" s="0" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="0">
         <v>184</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="0">
         <v>185</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="0">
         <v>186</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="0">
         <v>187</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D188" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="0">
         <v>188</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="0">
         <v>189</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="0">
         <v>190</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D191" s="0" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="0">
         <v>191</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="0">
         <v>192</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D193" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="0">
         <v>193</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="0">
         <v>194</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="0">
         <v>195</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="0">
         <v>196</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="0">
         <v>197</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="0">
         <v>198</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D199" s="0" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="0">
         <v>199</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="0">
         <v>200</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D201" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="0">
         <v>201</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="0">
         <v>202</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D203" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="0">
         <v>203</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D204" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="0">
         <v>204</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="0">
         <v>205</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="0">
         <v>206</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="0">
         <v>207</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="0">
         <v>208</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="0">
         <v>209</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="0">
         <v>210</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="0">
         <v>211</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D212" s="0" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="0">
         <v>212</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D214" s="0" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D215" s="0" t="s">
         <v>363</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>