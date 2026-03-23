--- v1 (2026-01-20)
+++ v2 (2026-03-23)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,9995</t>
+    <t>9,0639</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,2819</t>
+    <t>5,3197</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,5637</t>
+    <t>10,6394</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>13,3469</t>
+    <t>13,4425</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>12,1889</t>
+    <t>12,2762</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,9543</t>
+    <t>10,0256</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,7288</t>
+    <t>5,7698</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>17,2676</t>
+    <t>17,3913</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,485</t>
+    <t>5,5243</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,7669</t>
+    <t>10,844</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>14,2204</t>
+    <t>14,3223</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>8,3291</t>
+    <t>8,3887</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,2504</t>
+    <t>3,2737</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,4576</t>
+    <t>11,5396</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,7984</t>
+    <t>12,89</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,7826</t>
+    <t>11,867</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>15,033</t>
+    <t>15,1407</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,2707</t>
+    <t>3,2941</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,3677</t>
+    <t>4,399</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>119,8578</t>
+    <t>120,7161</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,9228</t>
+    <t>7,9795</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,6181</t>
+    <t>7,6726</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,7131</t>
+    <t>8,7754</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,9071</t>
+    <t>6,9565</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,8756</t>
+    <t>4,9105</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,2976</t>
+    <t>6,3427</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>18,5272</t>
+    <t>18,6598</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,6567</t>
+    <t>3,6829</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,3134</t>
+    <t>7,3657</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,5343</t>
+    <t>12,624</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>4,1036</t>
+    <t>4,133</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,5165</t>
+    <t>7,5703</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,8771</t>
+    <t>18,0051</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,7354</t>
+    <t>8,798</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>10,3606</t>
+    <t>10,4348</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>11,4373</t>
+    <t>11,5192</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>8,1869</t>
+    <t>8,2455</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,548</t>
+    <t>9,6164</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>18,0802</t>
+    <t>18,2097</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>11,1732</t>
+    <t>11,2532</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>9,1417</t>
+    <t>9,2072</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,2047</t>
+    <t>13,2992</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>13,1031</t>
+    <t>13,1969</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,4378</t>
+    <t>2,4552</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>10,0965</t>
+    <t>10,1688</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>16,2519</t>
+    <t>16,3683</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>19,096</t>
+    <t>19,2327</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>8,126</t>
+    <t>8,1841</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>16,0691</t>
+    <t>16,1841</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,5795</t>
+    <t>11,6624</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,5008</t>
+    <t>6,5473</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>9,3448</t>
+    <t>9,4118</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,7197</t>
+    <t>7,7749</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>14,6267</t>
+    <t>14,7315</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,451</t>
+    <t>8,5115</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,8121</t>
+    <t>9,8824</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>9,2839</t>
+    <t>9,3504</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>12,3921</t>
+    <t>12,4808</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,1798</t>
+    <t>14,2813</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,2661</t>
+    <t>4,2967</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,7511</t>
+    <t>9,821</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>7,1102</t>
+    <t>7,1611</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,6882</t>
+    <t>5,7289</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>10,97</t>
+    <t>11,0486</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>24,3779</t>
+    <t>24,5524</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,3398</t>
+    <t>19,4783</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,9162</t>
+    <t>4,9514</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>23,7075</t>
+    <t>23,8772</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,4535</t>
+    <t>3,4783</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>13,4078</t>
+    <t>13,5038</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,6587</t>
+    <t>7,7136</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,2834</t>
+    <t>18,4143</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>14,0173</t>
+    <t>14,1176</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>5,0787</t>
+    <t>5,1151</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,7039</t>
+    <t>6,7519</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,7283</t>
+    <t>14,8338</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,8598</t>
+    <t>3,8875</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,9858</t>
+    <t>12,0716</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>26,2062</t>
+    <t>26,3939</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,8258</t>
+    <t>6,8747</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,3763</t>
+    <t>11,4578</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,3743</t>
+    <t>7,4271</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,2702</t>
+    <t>12,3581</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>16,3535</t>
+    <t>16,4706</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,4236</t>
+    <t>14,5269</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,8954</t>
+    <t>13,9949</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>13,0828</t>
+    <t>13,1765</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,611</t>
+    <t>13,7084</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,6724</t>
+    <t>4,7059</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,6252</t>
+    <t>1,6368</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>20,3149</t>
+    <t>20,4604</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>20,1524</t>
+    <t>20,2967</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,7014</t>
+    <t>11,7852</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>